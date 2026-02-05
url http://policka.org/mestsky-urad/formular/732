--- v0 (2025-10-13)
+++ v1 (2026-02-05)
@@ -82,224 +82,224 @@
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> pobytu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="704069FD" w14:textId="77777777" w:rsidR="00C92FE9" w:rsidRDefault="00B115CB" w:rsidP="00C92FE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>dle</w:t>
       </w:r>
       <w:r w:rsidRPr="00B115CB">
         <w:t xml:space="preserve"> zák</w:t>
       </w:r>
       <w:r>
         <w:t>ona</w:t>
       </w:r>
       <w:r w:rsidRPr="00B115CB">
         <w:t xml:space="preserve"> č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="722F0AB0" w14:textId="6BB9B6AE" w:rsidR="00B115CB" w:rsidRPr="00B115CB" w:rsidRDefault="00B115CB" w:rsidP="00C92FE9">
+    <w:p w14:paraId="722F0AB0" w14:textId="1D5111DF" w:rsidR="00B115CB" w:rsidRPr="00B115CB" w:rsidRDefault="00B115CB" w:rsidP="00C92FE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">a obecně závazné vyhlášky města Poličky č. </w:t>
       </w:r>
-      <w:r w:rsidR="00E1410F">
+      <w:r w:rsidR="007C268B">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t>/20</w:t>
       </w:r>
       <w:r w:rsidR="004251C9">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E1410F">
+      <w:r w:rsidR="007C268B">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t>, o</w:t>
       </w:r>
-      <w:r w:rsidR="00307D9F">
+      <w:r w:rsidR="00F8250C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>místním poplatku z</w:t>
       </w:r>
       <w:r w:rsidR="00C92FE9">
         <w:t xml:space="preserve"> pobytu</w:t>
       </w:r>
       <w:r w:rsidR="00DD5D1D">
         <w:t xml:space="preserve"> (dále jen „vyhláška“)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11BA04D7" w14:textId="77777777" w:rsidR="00B115CB" w:rsidRDefault="00B115CB" w:rsidP="0023191D">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28586C2C" w14:textId="5F9B4231" w:rsidR="0023191D" w:rsidRPr="00195901" w:rsidRDefault="0023191D" w:rsidP="00F946C3">
+    <w:p w14:paraId="28586C2C" w14:textId="3A3259DF" w:rsidR="0023191D" w:rsidRPr="00195901" w:rsidRDefault="0023191D" w:rsidP="00F946C3">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00195901">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">za období </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00195901">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>od  1.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00195901">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000804B8">
+      <w:r w:rsidR="00F946C3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00195901">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00195901">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00307D9F">
+      <w:r w:rsidR="00F8250C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00195901">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  do</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00195901">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  3</w:t>
       </w:r>
-      <w:r w:rsidR="000804B8">
+      <w:r w:rsidR="00F946C3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00195901">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="000804B8">
+      <w:r w:rsidR="00F946C3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="00195901">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. 202</w:t>
       </w:r>
-      <w:r w:rsidR="00307D9F">
+      <w:r w:rsidR="00F8250C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="633A9312" w14:textId="77777777" w:rsidR="0023191D" w:rsidRDefault="0023191D" w:rsidP="0023191D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5929177E" w14:textId="77777777" w:rsidR="003B39C2" w:rsidRPr="001B519C" w:rsidRDefault="003B39C2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B519C">
         <w:rPr>
           <w:b/>
@@ -420,51 +420,59 @@
       </w:r>
       <w:r w:rsidR="00426A6B">
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00426A6B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="210B470A" w14:textId="77777777" w:rsidR="00C92FE9" w:rsidRDefault="00C92FE9" w:rsidP="008F5D9A">
       <w:r>
         <w:t xml:space="preserve">Adresa </w:t>
       </w:r>
       <w:r w:rsidR="005D22E3">
         <w:t>ubytovacího zařízení</w:t>
       </w:r>
       <w:r>
         <w:t>: …………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48B11230" w14:textId="77777777" w:rsidR="00DB68E8" w:rsidRDefault="001B519C" w:rsidP="008F5D9A">
       <w:r>
         <w:t xml:space="preserve">Telefon: </w:t>
       </w:r>
       <w:r w:rsidR="00DD5D1D">
-        <w:t>………………………………………………….…….</w:t>
+        <w:t>……………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DD5D1D">
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DD5D1D">
+        <w:t>…….</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00DB68E8">
         <w:t>-mail:</w:t>
       </w:r>
       <w:r w:rsidR="00DD5D1D">
         <w:t xml:space="preserve"> …………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C13A72F" w14:textId="77777777" w:rsidR="00DB68E8" w:rsidRDefault="00DB68E8" w:rsidP="008F5D9A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Číslo účtu:</w:t>
       </w:r>
       <w:r w:rsidR="00DD5D1D">
         <w:t xml:space="preserve"> ………………………………………………………………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00B559EF">
         <w:t>………………………………</w:t>
       </w:r>
@@ -590,55 +598,55 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>mnou uvedené údaje jsou</w:t>
       </w:r>
       <w:r w:rsidRPr="003B39C2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> pravdiv</w:t>
       </w:r>
       <w:r w:rsidR="000E672E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>é a úplné a oznámím každou skutečnost, která má vliv na výši poplatku do 30 dnů od změny údajů</w:t>
       </w:r>
       <w:r w:rsidRPr="003B39C2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2376026D" w14:textId="77777777" w:rsidR="0023191D" w:rsidRDefault="0023191D"/>
-    <w:p w14:paraId="0147E672" w14:textId="62B7BDD7" w:rsidR="003B39C2" w:rsidRDefault="003B39C2">
+    <w:p w14:paraId="0147E672" w14:textId="60768CDB" w:rsidR="003B39C2" w:rsidRDefault="003B39C2">
       <w:r>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00307D9F">
+      <w:r w:rsidR="00F8250C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Poličce dne ……………………………………</w:t>
       </w:r>
       <w:r w:rsidR="008F5D9A">
         <w:t>…</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Podpis: …………………………………</w:t>
       </w:r>
       <w:r w:rsidR="008F5D9A">
         <w:t>……</w:t>
       </w:r>
     </w:p>
@@ -653,99 +661,99 @@
       </w:pPr>
       <w:r w:rsidRPr="00444DD5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Úhradu poplatku je možné provést:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E57CE24" w14:textId="77777777" w:rsidR="00875B3F" w:rsidRPr="00444DD5" w:rsidRDefault="00875B3F" w:rsidP="00875B3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444DD5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- bezhotovostně na účet číslo 19-1283399369/0800, variabilní symbol 2129</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="798C1896" w14:textId="62C7CE70" w:rsidR="00875B3F" w:rsidRPr="00444DD5" w:rsidRDefault="00875B3F" w:rsidP="00875B3F">
+    <w:p w14:paraId="798C1896" w14:textId="45571E9A" w:rsidR="00875B3F" w:rsidRPr="00444DD5" w:rsidRDefault="00875B3F" w:rsidP="00875B3F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00444DD5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- v</w:t>
       </w:r>
-      <w:r w:rsidR="00307D9F">
+      <w:r w:rsidR="00F8250C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00444DD5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>hotovosti nebo platební kartou v</w:t>
       </w:r>
-      <w:r w:rsidR="00307D9F">
+      <w:r w:rsidR="00F8250C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00444DD5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">příjmové pokladně městského úřadu, Palackého nám. 160, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00307D9F">
+        <w:t>příjmové pokladně městského úřadu, Palackého nám. 160</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8250C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Polička</w:t>
+        <w:t>, Polička</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E9826B6" w14:textId="77777777" w:rsidR="00444DD5" w:rsidRDefault="00444DD5" w:rsidP="00444DD5">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E11BD19" w14:textId="77777777" w:rsidR="0016376C" w:rsidRDefault="0016376C" w:rsidP="00444DD5">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09907600" w14:textId="77777777" w:rsidR="0016376C" w:rsidRDefault="0016376C" w:rsidP="00444DD5">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="060B92AE" w14:textId="77777777" w:rsidR="00875B3F" w:rsidRDefault="00875B3F" w:rsidP="00444DD5">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
       </w:pPr>
@@ -1178,57 +1186,57 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="9527027">
+  <w:num w:numId="1" w16cid:durableId="2119637198">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1526747092">
+  <w:num w:numId="2" w16cid:durableId="1870297968">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="230309956">
+  <w:num w:numId="3" w16cid:durableId="1920821809">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
@@ -1241,86 +1249,86 @@
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DB68E8"/>
-    <w:rsid w:val="000804B8"/>
+    <w:rsid w:val="00033854"/>
+    <w:rsid w:val="00094F05"/>
     <w:rsid w:val="000E672E"/>
     <w:rsid w:val="0016376C"/>
     <w:rsid w:val="00195901"/>
     <w:rsid w:val="00195C9C"/>
     <w:rsid w:val="001B519C"/>
     <w:rsid w:val="0023191D"/>
     <w:rsid w:val="00293763"/>
-    <w:rsid w:val="00307D9F"/>
     <w:rsid w:val="003B39C2"/>
+    <w:rsid w:val="004248C5"/>
     <w:rsid w:val="004251C9"/>
     <w:rsid w:val="00426A6B"/>
     <w:rsid w:val="00444DD5"/>
     <w:rsid w:val="005454AF"/>
     <w:rsid w:val="005468A0"/>
     <w:rsid w:val="005D22E3"/>
+    <w:rsid w:val="007C268B"/>
     <w:rsid w:val="007E4521"/>
     <w:rsid w:val="0086311F"/>
     <w:rsid w:val="00875B3F"/>
     <w:rsid w:val="008F5D9A"/>
+    <w:rsid w:val="00924C15"/>
     <w:rsid w:val="009320B5"/>
-    <w:rsid w:val="009E3AB3"/>
-    <w:rsid w:val="009F49B1"/>
     <w:rsid w:val="00B115CB"/>
     <w:rsid w:val="00B559EF"/>
     <w:rsid w:val="00C92FE9"/>
     <w:rsid w:val="00CF3A39"/>
-    <w:rsid w:val="00D551B9"/>
     <w:rsid w:val="00D71944"/>
     <w:rsid w:val="00DB68E8"/>
     <w:rsid w:val="00DD5D1D"/>
-    <w:rsid w:val="00E1410F"/>
     <w:rsid w:val="00E162D8"/>
     <w:rsid w:val="00EE1A46"/>
     <w:rsid w:val="00F152CB"/>
     <w:rsid w:val="00F23355"/>
+    <w:rsid w:val="00F8250C"/>
     <w:rsid w:val="00F946C3"/>
     <w:rsid w:val="00FE57ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -2424,66 +2432,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A509BAD-73BB-4708-BA4B-6ABB1639FDF3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>242</Words>
+  <Words>243</Words>
   <Characters>1434</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1673</CharactersWithSpaces>
+  <CharactersWithSpaces>1674</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jana</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>